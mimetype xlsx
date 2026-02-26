--- v0 (2025-11-21)
+++ v1 (2026-02-26)
@@ -895,280 +895,280 @@
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2">
         <v>42004</v>
       </c>
       <c r="E24" s="3">
         <v>2014</v>
       </c>
       <c r="F24">
         <v>0.958993</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D25" s="2">
         <v>42369</v>
       </c>
       <c r="E25" s="3">
         <v>2015</v>
       </c>
       <c r="F25">
-        <v>1.314577</v>
+        <v>0.89126</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D26" s="2">
         <v>42369</v>
       </c>
       <c r="E26" s="3">
         <v>2015</v>
       </c>
       <c r="F26">
-        <v>0.89126</v>
+        <v>1.314577</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D27" s="2">
         <v>42735</v>
       </c>
       <c r="E27" s="3">
         <v>2016</v>
       </c>
       <c r="F27">
-        <v>0.901981</v>
+        <v>1.271464</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D28" s="2">
         <v>42735</v>
       </c>
       <c r="E28" s="3">
         <v>2016</v>
       </c>
       <c r="F28">
-        <v>1.271464</v>
+        <v>0.901981</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2">
         <v>43100</v>
       </c>
       <c r="E29" s="3">
         <v>2017</v>
       </c>
       <c r="F29">
         <v>1.220632</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2">
         <v>43100</v>
       </c>
       <c r="E30" s="3">
         <v>2017</v>
       </c>
       <c r="F30">
         <v>0.775662</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D31" s="2">
         <v>43465</v>
       </c>
       <c r="E31" s="3">
         <v>2018</v>
       </c>
       <c r="F31">
-        <v>1.223806</v>
+        <v>0.767514</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D32" s="2">
         <v>43465</v>
       </c>
       <c r="E32" s="3">
         <v>2018</v>
       </c>
       <c r="F32">
-        <v>0.767514</v>
+        <v>1.223806</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="2">
         <v>43830</v>
       </c>
       <c r="E33" s="3">
         <v>2019</v>
       </c>
       <c r="F33">
         <v>1.254155</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2">
         <v>43830</v>
       </c>
       <c r="E34" s="3">
         <v>2019</v>
       </c>
       <c r="F34">
         <v>0.856278</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D35" s="2">
         <v>44196</v>
       </c>
       <c r="E35" s="3">
         <v>2020</v>
       </c>
       <c r="F35">
-        <v>0.938842</v>
+        <v>1.32119</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D36" s="2">
         <v>44196</v>
       </c>
       <c r="E36" s="3">
         <v>2020</v>
       </c>
       <c r="F36">
-        <v>1.32119</v>
+        <v>0.938842</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2">
         <v>44561</v>
       </c>
       <c r="E37" s="3">
         <v>2021</v>
       </c>
       <c r="F37">
         <v>0.93077</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>