--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -795,240 +795,240 @@
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="2">
         <v>42004</v>
       </c>
       <c r="E19" s="3">
         <v>2014</v>
       </c>
       <c r="F19">
         <v>73</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D20" s="2">
         <v>42369</v>
       </c>
       <c r="E20" s="3">
         <v>2015</v>
       </c>
       <c r="F20">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D21" s="2">
         <v>42369</v>
       </c>
       <c r="E21" s="3">
         <v>2015</v>
       </c>
       <c r="F21">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D22" s="2">
         <v>42735</v>
       </c>
       <c r="E22" s="3">
         <v>2016</v>
       </c>
       <c r="F22">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D23" s="2">
         <v>42735</v>
       </c>
       <c r="E23" s="3">
         <v>2016</v>
       </c>
       <c r="F23">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D24" s="2">
         <v>43465</v>
       </c>
       <c r="E24" s="3">
         <v>2018</v>
       </c>
       <c r="F24">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D25" s="2">
         <v>43465</v>
       </c>
       <c r="E25" s="3">
         <v>2018</v>
       </c>
       <c r="F25">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D26" s="2">
         <v>44196</v>
       </c>
       <c r="E26" s="3">
         <v>2020</v>
       </c>
       <c r="F26">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D27" s="2">
         <v>44196</v>
       </c>
       <c r="E27" s="3">
         <v>2020</v>
       </c>
       <c r="F27">
-        <v>72</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D28" s="2">
         <v>44561</v>
       </c>
       <c r="E28" s="3">
         <v>2021</v>
       </c>
       <c r="F28">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D29" s="2">
         <v>44561</v>
       </c>
       <c r="E29" s="3">
         <v>2021</v>
       </c>
       <c r="F29">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" s="2">
         <v>44926</v>
       </c>
       <c r="E30" s="3">
         <v>2022</v>
       </c>
       <c r="F30">
         <v>73.4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>