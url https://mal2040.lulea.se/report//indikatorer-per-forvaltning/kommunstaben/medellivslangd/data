--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -1041,71 +1041,71 @@
       </c>
       <c r="E31" s="3">
         <v>2021</v>
       </c>
       <c r="F31">
         <v>82.28</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="2">
         <v>44926</v>
       </c>
       <c r="E32" s="3">
         <v>2022</v>
       </c>
       <c r="F32">
-        <v>82.55</v>
+        <v>82.545</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2">
         <v>45291</v>
       </c>
       <c r="E33" s="3">
         <v>2023</v>
       </c>
       <c r="F33">
-        <v>83.22</v>
+        <v>82.485</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2">
         <v>45657</v>
       </c>
       <c r="E34" s="3">
         <v>2024</v>
       </c>
       <c r="F34">
         <v>82.49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>