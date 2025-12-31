--- v0 (2025-11-02)
+++ v1 (2025-12-31)
@@ -9,83 +9,80 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Avfallsmängder</t>
   </si>
   <si>
     <t>ÖM.11.4.79</t>
   </si>
   <si>
     <t>Luleå</t>
   </si>
   <si>
     <t>Alla kommuner (ovägt medel)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Norrbotten (ovägt medel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -632,420 +629,280 @@
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2">
         <v>45291</v>
       </c>
       <c r="E11" s="3">
         <v>2023</v>
       </c>
       <c r="F11">
         <v>434</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D12" s="2">
-        <v>42004</v>
+        <v>45657</v>
       </c>
       <c r="E12" s="3">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="F12">
-        <v>520.264228</v>
+        <v>462</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E13" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F13">
-        <v>527.267176</v>
+        <v>520.264228</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E14" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F14">
-        <v>517.618677</v>
+        <v>527.267176</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E15" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F15">
-        <v>514.884921</v>
+        <v>517.618677</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E16" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F16">
-        <v>498.924</v>
+        <v>514.884921</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E17" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F17">
-        <v>502.941860</v>
+        <v>498.924</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E18" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F18">
-        <v>516.866412</v>
+        <v>502.941860</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E19" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F19">
-        <v>495.550186</v>
+        <v>516.866412</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E20" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F20">
-        <v>466.210909</v>
+        <v>495.550186</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E21" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F21">
-        <v>450.277193</v>
+        <v>466.210909</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E22" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F22">
-        <v>481</v>
+        <v>450.277193</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>42369</v>
+        <v>45657</v>
       </c>
       <c r="E23" s="3">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="F23">
-        <v>503.1</v>
-[...139 lines deleted...]
-        <v>502</v>
+        <v>456.275093</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>