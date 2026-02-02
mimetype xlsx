--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -915,320 +915,320 @@
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2">
         <v>42735</v>
       </c>
       <c r="E25" s="3">
         <v>2016</v>
       </c>
       <c r="F25">
         <v>32.749394</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D26" s="2">
         <v>43100</v>
       </c>
       <c r="E26" s="3">
         <v>2017</v>
       </c>
       <c r="F26">
-        <v>55</v>
+        <v>35.576923</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D27" s="2">
         <v>43100</v>
       </c>
       <c r="E27" s="3">
         <v>2017</v>
       </c>
       <c r="F27">
-        <v>35.576923</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D28" s="2">
         <v>43465</v>
       </c>
       <c r="E28" s="3">
         <v>2018</v>
       </c>
       <c r="F28">
-        <v>55.08982</v>
+        <v>45.404785</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D29" s="2">
         <v>43465</v>
       </c>
       <c r="E29" s="3">
         <v>2018</v>
       </c>
       <c r="F29">
-        <v>45.404785</v>
+        <v>55.08982</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D30" s="2">
         <v>43830</v>
       </c>
       <c r="E30" s="3">
         <v>2019</v>
       </c>
       <c r="F30">
-        <v>34.445567</v>
+        <v>51.941747</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D31" s="2">
         <v>43830</v>
       </c>
       <c r="E31" s="3">
         <v>2019</v>
       </c>
       <c r="F31">
-        <v>51.941747</v>
+        <v>34.445567</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D32" s="2">
         <v>44196</v>
       </c>
       <c r="E32" s="3">
         <v>2020</v>
       </c>
       <c r="F32">
-        <v>32.799581</v>
+        <v>47.008547</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D33" s="2">
         <v>44196</v>
       </c>
       <c r="E33" s="3">
         <v>2020</v>
       </c>
       <c r="F33">
-        <v>47.008547</v>
+        <v>32.799581</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D34" s="2">
         <v>44561</v>
       </c>
       <c r="E34" s="3">
         <v>2021</v>
       </c>
       <c r="F34">
-        <v>35.48387</v>
+        <v>30.251159</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D35" s="2">
         <v>44561</v>
       </c>
       <c r="E35" s="3">
         <v>2021</v>
       </c>
       <c r="F35">
-        <v>30.251159</v>
+        <v>35.48387</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D36" s="2">
         <v>44926</v>
       </c>
       <c r="E36" s="3">
         <v>2022</v>
       </c>
       <c r="F36">
-        <v>35.060870</v>
+        <v>49.275362</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D37" s="2">
         <v>44926</v>
       </c>
       <c r="E37" s="3">
         <v>2022</v>
       </c>
       <c r="F37">
-        <v>49.275362</v>
+        <v>35.060870</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D38" s="2">
         <v>45291</v>
       </c>
       <c r="E38" s="3">
         <v>2023</v>
       </c>
       <c r="F38">
-        <v>60.975610</v>
+        <v>39.318614</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D39" s="2">
         <v>45291</v>
       </c>
       <c r="E39" s="3">
         <v>2023</v>
       </c>
       <c r="F39">
-        <v>39.318614</v>
+        <v>60.975610</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2">
         <v>45657</v>
       </c>
       <c r="E40" s="3">
         <v>2024</v>
       </c>
       <c r="F40">
         <v>34.2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>